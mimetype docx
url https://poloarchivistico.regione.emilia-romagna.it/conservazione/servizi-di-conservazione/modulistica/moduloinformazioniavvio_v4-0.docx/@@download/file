--- v0 (2025-10-09)
+++ v1 (2026-02-10)
@@ -4,241 +4,171 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="021B9EF0" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="00875E84">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78AD1B00" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="00875E84">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00411EC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Modulo di informazioni per l’avvio</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23F1C996" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="00875E84">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07758AF1" w14:textId="5341FDC2" w:rsidR="005D65DE" w:rsidRDefault="005D65DE" w:rsidP="005D65DE">
+    <w:p w14:paraId="07758AF1" w14:textId="17EF5C1F" w:rsidR="005D65DE" w:rsidRDefault="005D65DE" w:rsidP="005D65DE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A26A2E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>DATA COMPILAZIONE DEL MODULO: gg/mm/</w:t>
+        <w:t>DATA COMPILAZIONE DEL MODULO: gg/mm/aaaa</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A26A2E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="005D65DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Versione 4.</w:t>
       </w:r>
-      <w:r w:rsidR="003456AC">
+      <w:r w:rsidR="00D555B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="006E468C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D65DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">del </w:t>
       </w:r>
-      <w:r w:rsidR="003456AC">
+      <w:r w:rsidR="00D555B3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...59 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>20/11/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="514B6408" w14:textId="77777777" w:rsidR="00847E04" w:rsidRPr="00A32DFE" w:rsidRDefault="00847E04" w:rsidP="005D65DE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58C40582" w14:textId="77777777" w:rsidR="00BB53BC" w:rsidRPr="00BB53BC" w:rsidRDefault="005D65DE" w:rsidP="00FE6E2C">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
@@ -330,69 +260,51 @@
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB53BC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="005D65DE" w:rsidRPr="00BB53BC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">codice </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> o </w:t>
+        <w:t xml:space="preserve">codice iPA o </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB53BC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>codice AOO, pubblicato nell’Indice delle Pubbliche Amministrazioni, o, se non disponibile, altro codice identificativo]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13678799" w14:textId="77777777" w:rsidR="0084700C" w:rsidRPr="00A32DFE" w:rsidRDefault="0084700C" w:rsidP="00AD6FAC">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="558E07D3" w14:textId="77777777" w:rsidR="00BB53BC" w:rsidRDefault="00875E84" w:rsidP="005E33A3">
       <w:pPr>
@@ -1233,51 +1145,51 @@
           <w:p w14:paraId="4DDF00A5" w14:textId="77777777" w:rsidR="006E3CBA" w:rsidRPr="00411EC7" w:rsidRDefault="006E3CBA" w:rsidP="00CD3BB3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008805B4" w:rsidRPr="00411EC7" w14:paraId="1FA049CF" w14:textId="77777777" w:rsidTr="008805B4">
         <w:trPr>
           <w:trHeight w:val="893"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="421" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F692722" w14:textId="05CBF3E9" w:rsidR="008805B4" w:rsidRPr="00561D14" w:rsidRDefault="00EF38D3" w:rsidP="00CD3BB3">
+          <w:p w14:paraId="3F692722" w14:textId="05CBF3E9" w:rsidR="008805B4" w:rsidRPr="00561D14" w:rsidRDefault="006F2682" w:rsidP="00CD3BB3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:id w:val="769892974"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008805B4" w:rsidRPr="002B55F1">
                   <w:rPr>
@@ -1407,73 +1319,51 @@
         </w:rPr>
         <w:t>Riferimenti dell’ente</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76B1007F" w14:textId="20374762" w:rsidR="00875E84" w:rsidRPr="00BB53BC" w:rsidRDefault="00CA2F77" w:rsidP="00BB53BC">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB53BC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">[Indicare i riferimenti della persona che sarà contattata dal personale del Polo Archivistico. La persona indicata dovrebbe essere referente diretto per l’Ente per le attività di configurazione, test e avvio in produzione del servizio di conservazione. </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> comunque possibile indicare ulteriori referenti in un momento successivo]</w:t>
+        <w:t>[Indicare i riferimenti della persona che sarà contattata dal personale del Polo Archivistico. La persona indicata dovrebbe essere referente diretto per l’Ente per le attività di configurazione, test e avvio in produzione del servizio di conservazione. E’ comunque possibile indicare ulteriori referenti in un momento successivo]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2830"/>
         <w:gridCol w:w="6798"/>
       </w:tblGrid>
       <w:tr w:rsidR="00875E84" w:rsidRPr="00411EC7" w14:paraId="1CA48E3A" w14:textId="77777777" w:rsidTr="006E7275">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F6CFA79" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="006E7275">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -4680,50 +4570,257 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29A7264A" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="006E7275">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00D555B3" w:rsidRPr="00411EC7" w14:paraId="62C5C692" w14:textId="77777777" w:rsidTr="00847E04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="317D77DB" w14:textId="77777777" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="00D555B3" w:rsidP="006E7275">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2633" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="356BE726" w14:textId="17E8A566" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="006F2682" w:rsidP="006E7275">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>RT (ricevuta telematica PagoPa)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="078F6770" w14:textId="77777777" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="00D555B3" w:rsidP="006E7275">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="237FE3DE" w14:textId="77777777" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="00D555B3" w:rsidP="006E7275">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C558D9E" w14:textId="77777777" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="00D555B3" w:rsidP="006E7275">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7926DBA8" w14:textId="77777777" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="00D555B3" w:rsidP="006E7275">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D555B3" w:rsidRPr="00411EC7" w14:paraId="7E5968F6" w14:textId="77777777" w:rsidTr="00847E04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA0BD67" w14:textId="77777777" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="00D555B3" w:rsidP="006E7275">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2633" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="238EE66C" w14:textId="61228CB9" w:rsidR="00D555B3" w:rsidRDefault="006F2682" w:rsidP="006E7275">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Receipt (PagoPa)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2A7415" w14:textId="77777777" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="00D555B3" w:rsidP="006E7275">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B421F8" w14:textId="77777777" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="00D555B3" w:rsidP="006E7275">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="708806D9" w14:textId="77777777" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="00D555B3" w:rsidP="006E7275">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7BB848" w14:textId="77777777" w:rsidR="00D555B3" w:rsidRPr="00411EC7" w:rsidRDefault="00D555B3" w:rsidP="006E7275">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00875E84" w:rsidRPr="00411EC7" w14:paraId="373E155D" w14:textId="77777777" w:rsidTr="00847E04">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="760D6DA5" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="006E7275">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2633" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C343864" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="006E7275">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
@@ -6962,75 +7059,75 @@
           </w:tcPr>
           <w:p w14:paraId="6FC15858" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="006E7275">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BA8B231" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="00875E84">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DA61B98" w14:textId="77777777" w:rsidR="00BB53BC" w:rsidRPr="00BB53BC" w:rsidRDefault="00875E84" w:rsidP="005415AE">
+    <w:p w14:paraId="4DA61B98" w14:textId="77777777" w:rsidR="00BB53BC" w:rsidRPr="0034649E" w:rsidRDefault="00875E84" w:rsidP="005415AE">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB53BC">
+      <w:r w:rsidRPr="0034649E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ordinativi informatici locali (OIL) e Ordinativi di incasso e pagamento (OPI)</w:t>
       </w:r>
-      <w:r w:rsidR="00AC423A" w:rsidRPr="00BB53BC">
+      <w:r w:rsidR="00AC423A" w:rsidRPr="0034649E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF32A0C" w14:textId="735CE40F" w:rsidR="00875E84" w:rsidRPr="00BB53BC" w:rsidRDefault="00AC423A" w:rsidP="00BB53BC">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB53BC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
@@ -7576,90 +7673,70 @@
           <w:tcPr>
             <w:tcW w:w="2881" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="4E96B034" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="00E6680F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00411EC7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Standard UNI </w:t>
+              <w:t>Standard UNI SinCRO</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
+          </w:p>
+          <w:p w14:paraId="05F29063" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="00E6680F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00411EC7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>SinCRO</w:t>
+              <w:t>(SI / NO)*</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...27 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00875E84" w:rsidRPr="00411EC7" w14:paraId="3FCEF58D" w14:textId="77777777" w:rsidTr="006E7275">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="98" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3BAA650A" w14:textId="77777777" w:rsidR="00875E84" w:rsidRPr="00411EC7" w:rsidRDefault="00875E84" w:rsidP="006E7275">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -8364,50 +8441,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01AEE836" w14:textId="77777777" w:rsidR="00875E84" w:rsidRDefault="00875E84" w:rsidP="00875E84">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00411EC7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>* Per la compilazione di questa colonna si suggerisce di consultare il precedente conservatore</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6225DBCF" w14:textId="77777777" w:rsidR="00BB53BC" w:rsidRPr="00BB53BC" w:rsidRDefault="00875E84" w:rsidP="00383D43">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB53BC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
@@ -8635,182 +8713,182 @@
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Informativa per il trattamento dei dati personali al link </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:tooltip="URL originale: https://poloarchivistico.regione.emilia-romagna.it/informativa. Fare clic o toccare se si considera attendibile questo collegamento." w:history="1">
         <w:r w:rsidRPr="00EF38D3">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:lang w:val="it-IT"/>
           </w:rPr>
           <w:t>https://poloarchivistico.regione.emilia-romagna.it/informativa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00A32DFE" w:rsidRPr="00EF38D3" w:rsidSect="009C07DD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0E44CEAE" w14:textId="77777777" w:rsidR="00552E95" w:rsidRDefault="00552E95" w:rsidP="00FB2835">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6A4CEE29" w14:textId="77777777" w:rsidR="00552E95" w:rsidRDefault="00552E95" w:rsidP="00FB2835">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="font1259">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="46117764" w14:textId="77777777" w:rsidR="00552E95" w:rsidRDefault="00552E95" w:rsidP="00FB2835">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="460A015D" w14:textId="77777777" w:rsidR="00552E95" w:rsidRDefault="00552E95" w:rsidP="00FB2835">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -9740,214 +9818,221 @@
   <w:num w:numId="3" w16cid:durableId="1904833890">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2081096742">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="950359488">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2024242242">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1435321551">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1925530085">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="249002807">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB2835"/>
     <w:rsid w:val="00030583"/>
     <w:rsid w:val="00056B47"/>
     <w:rsid w:val="000A59F9"/>
+    <w:rsid w:val="000B5F9D"/>
     <w:rsid w:val="0014724F"/>
     <w:rsid w:val="001777FC"/>
     <w:rsid w:val="00182D38"/>
     <w:rsid w:val="00185FD7"/>
     <w:rsid w:val="001C402A"/>
     <w:rsid w:val="001F3B83"/>
     <w:rsid w:val="00233363"/>
     <w:rsid w:val="00250D70"/>
     <w:rsid w:val="002633C4"/>
     <w:rsid w:val="0027533B"/>
     <w:rsid w:val="00282BA0"/>
     <w:rsid w:val="002A38AC"/>
     <w:rsid w:val="002A6A2A"/>
     <w:rsid w:val="002B2B55"/>
     <w:rsid w:val="002B55F1"/>
     <w:rsid w:val="002D384E"/>
     <w:rsid w:val="002F04B4"/>
     <w:rsid w:val="002F367B"/>
     <w:rsid w:val="00303176"/>
     <w:rsid w:val="00303B26"/>
     <w:rsid w:val="003456AC"/>
+    <w:rsid w:val="0034649E"/>
     <w:rsid w:val="0035705E"/>
     <w:rsid w:val="00366C83"/>
     <w:rsid w:val="00396EAF"/>
     <w:rsid w:val="00411EC7"/>
     <w:rsid w:val="00491CF4"/>
     <w:rsid w:val="004A3C32"/>
     <w:rsid w:val="004C7F96"/>
+    <w:rsid w:val="004D2FEC"/>
     <w:rsid w:val="004F006B"/>
     <w:rsid w:val="00506F3A"/>
+    <w:rsid w:val="005438E7"/>
     <w:rsid w:val="00552E95"/>
     <w:rsid w:val="00561D14"/>
+    <w:rsid w:val="00594A80"/>
     <w:rsid w:val="005D65DE"/>
     <w:rsid w:val="00634BF0"/>
     <w:rsid w:val="006A74FA"/>
     <w:rsid w:val="006A7562"/>
     <w:rsid w:val="006B2EA9"/>
     <w:rsid w:val="006D3CB9"/>
     <w:rsid w:val="006E3CBA"/>
     <w:rsid w:val="006E468C"/>
+    <w:rsid w:val="006F2682"/>
     <w:rsid w:val="00732958"/>
     <w:rsid w:val="007440D9"/>
     <w:rsid w:val="00780B3B"/>
     <w:rsid w:val="00781EAA"/>
     <w:rsid w:val="00790A8F"/>
     <w:rsid w:val="007C3C99"/>
     <w:rsid w:val="0084700C"/>
     <w:rsid w:val="00847E04"/>
     <w:rsid w:val="00875E84"/>
     <w:rsid w:val="008805B4"/>
     <w:rsid w:val="00882081"/>
     <w:rsid w:val="008A5A43"/>
     <w:rsid w:val="008B42DC"/>
     <w:rsid w:val="008E0096"/>
     <w:rsid w:val="008E3781"/>
     <w:rsid w:val="008F0EB4"/>
     <w:rsid w:val="00902A75"/>
     <w:rsid w:val="009067B4"/>
     <w:rsid w:val="009140F1"/>
     <w:rsid w:val="0091420C"/>
     <w:rsid w:val="00916703"/>
     <w:rsid w:val="00972B98"/>
     <w:rsid w:val="009C07DD"/>
     <w:rsid w:val="00A32DFE"/>
     <w:rsid w:val="00A479EE"/>
     <w:rsid w:val="00A63B25"/>
     <w:rsid w:val="00A72BF2"/>
     <w:rsid w:val="00A820CB"/>
     <w:rsid w:val="00A96E25"/>
     <w:rsid w:val="00AC15C9"/>
     <w:rsid w:val="00AC423A"/>
     <w:rsid w:val="00AD6FAC"/>
     <w:rsid w:val="00B14208"/>
     <w:rsid w:val="00B375D2"/>
     <w:rsid w:val="00B66854"/>
     <w:rsid w:val="00B66F22"/>
     <w:rsid w:val="00B720AF"/>
     <w:rsid w:val="00B77A0E"/>
     <w:rsid w:val="00B81CDA"/>
+    <w:rsid w:val="00BA42A3"/>
     <w:rsid w:val="00BA4324"/>
     <w:rsid w:val="00BB53BC"/>
     <w:rsid w:val="00BF3952"/>
     <w:rsid w:val="00C75E94"/>
     <w:rsid w:val="00C958BA"/>
     <w:rsid w:val="00CA2F77"/>
     <w:rsid w:val="00D32358"/>
+    <w:rsid w:val="00D555B3"/>
     <w:rsid w:val="00DB6B6B"/>
     <w:rsid w:val="00DE7AF2"/>
     <w:rsid w:val="00E00827"/>
     <w:rsid w:val="00E300DD"/>
     <w:rsid w:val="00E51C08"/>
     <w:rsid w:val="00E6680F"/>
     <w:rsid w:val="00E91380"/>
     <w:rsid w:val="00ED217C"/>
     <w:rsid w:val="00EE2F5D"/>
     <w:rsid w:val="00EF38D3"/>
     <w:rsid w:val="00F113EB"/>
     <w:rsid w:val="00F40888"/>
     <w:rsid w:val="00F57658"/>
     <w:rsid w:val="00F64D1C"/>
     <w:rsid w:val="00F80004"/>
     <w:rsid w:val="00FB2835"/>
     <w:rsid w:val="00FF087E"/>
     <w:rsid w:val="15EB6CEA"/>
     <w:rsid w:val="770B809D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="057EFA0F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8A567647-0CAE-4A55-BD45-E13B923C4E33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10427,51 +10512,51 @@
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00781EAA"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Menzionenonrisolta">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C958BA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="544297499">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur03.safelinks.protection.outlook.com/?url=https%3A%2F%2Fpoloarchivistico.regione.emilia-romagna.it%2Finformativa&amp;data=05%7C02%7CHelpdeskParer%40Regione.Emilia-Romagna.it%7C466093a59f9e4ba8797e08dcb068661b%7Cf45c8468d4164da9aadb9ab75944617b%7C0%7C0%7C638579209638618768%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C0%7C%7C%7C&amp;sdata=hpQGFiSshZVnfW2IZI5IbW1rrEvVqv5xCGLu%2FBk2jcs%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
@@ -10904,181 +10989,181 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="063a9729-3a17-489d-a21f-535b24814548">
       <UserInfo>
         <DisplayName>Aliprandi Laura</DisplayName>
         <AccountId>29</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Troilo Matteo</DisplayName>
         <AccountId>19</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Ricci Petitoni Elisa</DisplayName>
         <AccountId>46</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Baretta Sara Sabina</DisplayName>
         <AccountId>54</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Parenti Sara</DisplayName>
         <AccountId>61</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Augenti Antonio Massimo</DisplayName>
         <AccountId>62</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Arito Tatiana</DisplayName>
         <AccountId>64</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Mazzuca Eugenia</DisplayName>
         <AccountId>63</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFE4FE56-5B64-420B-874E-FED213C3D686}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="09622ac7-6e59-43fc-839a-123eb9640fad"/>
     <ds:schemaRef ds:uri="063a9729-3a17-489d-a21f-535b24814548"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6FD4DE4-F3D6-4B35-B4F4-9E95DA68922E}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11AC1741-0CB9-4EB1-B7B9-B514A967D39F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="09622ac7-6e59-43fc-839a-123eb9640fad"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="063a9729-3a17-489d-a21f-535b24814548"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6FD4DE4-F3D6-4B35-B4F4-9E95DA68922E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4462</Characters>
+  <Pages>5</Pages>
+  <Words>791</Words>
+  <Characters>4514</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Modulo di raccolta delle informazioni preliminari all'avvio in conservazione</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Regione Emilia-Romagna</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5234</CharactersWithSpaces>
+  <CharactersWithSpaces>5295</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modulo di raccolta delle informazioni preliminari all'avvio in conservazione</dc:title>
   <dc:subject/>
   <dc:creator>Buzzetti Elisa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004A470E01E7356D468DD2D537D3E27437</vt:lpwstr>
   </property>